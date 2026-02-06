--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10537575</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-3881/ad27cb</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Searching for Giant Exoplanets around M-dwarf Stars (GEMS) I: Survey Motivation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kanodia, Shubham; Cañas, Caleb I; Mahadevan, Suvrath; Ford, Eric B; Helled, Ravit; Anderson, Dana E; Boss, Alan; Cochran, William D; Delamer, Megan; Han, Te; Libby-Roberts, Jessica E; Lin, Andrea_S J; Müller, Simon; Robertson, Paul; Stefánsson, Gumundur; Teske, Johanna</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-15T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>167</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>161</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6256</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Recent discoveries of transiting giant exoplanets around M-dwarf stars (GEMS), aided by the all-sky coverage of TESS, are starting to stretch theories of planet formation through the core-accretion scenario. Recent upper limits on their occurrence suggest that they decrease with lower stellar masses, with fewer GEMS around lower-mass stars compared to solar-type. In this paper, we discuss existing GEMS both through confirmed planets, as well as protoplanetary disk observations, and a combination of tests to reconcile these with theoretical predictions. We then introduce the Searching for GEMS survey, where we utilize multidimensional nonparameteric statistics to simulate hypothetical survey scenarios to predict the required sample size of transiting GEMS with mass measurements to robustly compare their bulk-density with canonical hot Jupiters orbiting FGK stars. Our Monte Carlo simulations predict that a robust comparison requires about 40 transiting GEMS (compared to the existing sample of ∼15) with 5&lt;italic&gt;σ&lt;/italic&gt;mass measurements. Furthermore, we discuss the limitations of existing occurrence estimates for GEMS and provide a brief description of our planned systematic search to improve the occurrence rate estimates for GEMS.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108493; 2108512; 2108801</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Astronomical Society Journals</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>