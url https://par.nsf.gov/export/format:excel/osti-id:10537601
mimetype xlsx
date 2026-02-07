--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10537601</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1177/25148486241229011</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The coyote in the cloud</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Niesner, Chase A; Kelty, Christopher; Robins, Spencer</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Environment and Planning E: Nature and Space</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1054 to 1075</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2514-8486</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Coyotes (Canis latrans) exist throughout North America and increasingly thrive in dense urban spaces; they also cause controversies when they eat small pets or seem to pose a threat. Based on fieldwork in Los Angeles, and an archive of over 400 conversations collected from the online application Nextdoor (2015–2019), we theorize the emergence of what we call the cloud coyote. Cloud coyotes are not representations but lively actors in coyote politics animated by discussion, debate, and a settler logic of property relations in places like Los Angeles. They do this by performing a threat and justifying a response that includes various attempts at extermination, containment, and assimilation, all of which—even supposedly humane alternatives—further sediment forms of settler colonialism in urban Los Angeles. We diagnose this process, show how it works, and argue that anticolonial practices—in both Los Angeles and its cloudy territories like Nextdoor—are needed to escape from perpetuating its violence.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2318469</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Sage</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>