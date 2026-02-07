--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10537703</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>No Dimensional Sampling Coresets for Classification</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Alishahi, Meysam; Phillips, Jeff M</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-07-22T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We refine and generalize what is known about coresets for classification problems via the sensitivity sampling framework. Such coresets seek the smallest possible subsets of input data, so one can optimize a loss function on the coreset and ensure approximation guarantees with respect to the original data. Our analysis provides the first no dimensional coresets, so the size does not depend on the dimension. Moreover, our results are general, apply for distributional input and can use iid samples, so provide sample complexity bounds, and work for a variety of loss functions. A key tool we develop is a Radamacher complexity version of the main sensitivity sampling approach, which can be of independent interest.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2115677</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 41st International Conference on Machine Learning (ICML)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>