--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10537862</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Uncovering a disconnect between Virginia administrators’ understanding of the state of elementary engineering education and K-6 teacher professional development needs.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rhemer, D; Lee, M J; Gutierrez, K; Kidd, J</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-17T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>National and many state standards require elementary teachers to teach engineering in their classrooms. However, incorporating engineering into elementary engineering classrooms has not been a standard practice, thus emphasizing the need for teachers to be provided with training, resources, and support for the vision of instruction described in the standards to become a reality. Administrators are responsible for making decisions regarding teacher training and support. In response, we explored the perceptions of division and building-level administrators throughout Virginia regarding the current state of elementary engineering education and what they perceive as barriers to their teachers engaging students in lessons that incorporate engineering practices. Our data comes from 11 questions from a multiple-choice and open-ended response survey, which was analyzed using a mixed-method approach. Findings describe incoherence between what administrators perceive as the current state of engineering education, the barriers to teachers engaging their students in engineering, and what supports are being provided to teachers. These findings have implications for professional development design and implementation.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1908743</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>National Association for Research in Science Teaching (NARST) Annual International Conference</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Denver, Colorado</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>