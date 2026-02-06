--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10538039</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1038/s41586-023-06230-1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A broadband thermal emission spectrum of the ultra-hot Jupiter WASP-18b</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Coulombe, Louis-Philippe; Benneke, Björn; Challener, Ryan; Piette, Anjali_A A; Wiser, Lindsey S; Mansfield, Megan; MacDonald, Ryan J; Beltz, Hayley; Feinstein, Adina D; Radica, Michael; Savel, Arjun B; Dos_Santos, Leonardo A; Bean, Jacob L; Parmentier, Vivien; Wong, Ian; Rauscher, Emily; Komacek, Thaddeus D; Kempton, Eliza M-R; Tan, Xianyu; Hammond, Mark; Lewis, Neil T; Line, Michael R; Lee, Elspeth_K H; Shivkumar, Hinna; Crossfield, Ian_J M; Nixon, Matthew C; Rackham, Benjamin V; Wakeford, Hannah R; Welbanks, Luis; Zhang, Xi; Batalha, Natalie M; Berta-Thompson, Zachory K; Changeat, Quentin; Désert, Jean-Michel; Espinoza, Néstor; Goyal, Jayesh M; Harrington, Joseph; Knutson, Heather A; Kreidberg, Laura; López-Morales, Mercedes; Shporer, Avi; Sing, David K; Stevenson, Kevin B; Aggarwal, Keshav; Ahrer, Eva-Maria; Alam, Munazza K; Bell, Taylor J; Blecic, Jasmina; Caceres, Claudio; Carter, Aarynn L; Casewell, Sarah L; Crouzet, Nicolas; Cubillos, Patricio E; Decin, Leen; Fortney, Jonathan J; Gibson, Neale P; Heng, Kevin; Henning, Thomas; Iro, Nicolas; Kendrew, Sarah; Lagage, Pierre-Olivier; Leconte, Jérémy; Lendl, Monika; Lothringer, Joshua D; Mancini, Luigi; Mikal-Evans, Thomas; Molaverdikhani, Karan; Nikolov, Nikolay K; Ohno, Kazumasa; Palle, Enric; Piaulet, Caroline; Redfield, Seth; Roy, Pierre-Alexis; Tsai, Shang-Min; Venot, Olivia; Wheatley, Peter J</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-08-10T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nature</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>620</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>7973</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>292 to 298</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0028-0836</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Close-in giant exoplanets with temperatures greater than 2,000 K (‘ultra-hot Jupiters’) have been the subject of extensive efforts to determine their atmospheric properties using thermal emission measurements from the Hubble Space Telescope (HST) and Spitzer Space Telescope&lt;sup&gt;1–3&lt;/sup&gt;. However, previous studies have yielded inconsistent results because the small sizes of the spectral features and the limited information content of the data resulted in high sensitivity to the varying assumptions made in the treatment of instrument systematics and the atmospheric retrieval analysis&lt;sup&gt;3–12&lt;/sup&gt;. Here we present a dayside thermal emission spectrum of the ultra-hot Jupiter WASP-18b obtained with the NIRISS&lt;sup&gt;13&lt;/sup&gt;instrument on the JWST. The data span 0.85 to 2.85 μm in wavelength at an average resolving power of 400 and exhibit minimal systematics. The spectrum shows three water emission features (at &gt;6&lt;italic&gt;σ&lt;/italic&gt;confidence) and evidence for optical opacity, possibly attributable to H&lt;sup&gt;−&lt;/sup&gt;, TiO and VO (combined significance of 3.8&lt;italic&gt;σ&lt;/italic&gt;). Models that fit the data require a thermal inversion, molecular dissociation as predicted by chemical equilibrium, a solar heavy-element abundance (‘metallicity’,&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$${\rm{M/H}}=1.0{3}_{-0.51}^{+1.11}$$&lt;/tex-math&gt;&lt;math&gt;&lt;mrow&gt;&lt;mi&gt;M/H&lt;/mi&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mn&gt;1.0&lt;/mn&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;3&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;0.51&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;1.11&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/mrow&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;times solar) and a carbon-to-oxygen (C/O) ratio less than unity. The data also yield a dayside brightness temperature map, which shows a peak in temperature near the substellar point that decreases steeply and symmetrically with longitude towards the terminators.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1945633</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>NASA/ADS</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>