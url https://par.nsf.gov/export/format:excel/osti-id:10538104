--- v0 (2025-10-31)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,93 +86,99 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10538104</t>
-[...8 lines deleted...]
-    <t>Hofsteenge, Marte G; Cullen, Nicolas J; Conway, Jonathan P; Reijmer, Carleen H; van_den_Broeke, Michiel R; Katurji, Marwan</t>
+    <t>10250560</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.3390/jof7030199</t>
+  </si>
+  <si>
+    <t>Inocybe brijunica sp. nov., a New Ectomycorrhizal Fungus from Mediterranean Croatia Revealed by Morphology and Multilocus Phylogenetic Analysis</t>
+  </si>
+  <si>
+    <t>Mešić, Armin; Haelewaters, Danny; Tkalčec, Zdenko; Liu, Jingyu; Kušan, Ivana; Aime, M. Catherine; Pošta, Ana</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2023-12-18T05:00:00Z</t>
-[...11 lines deleted...]
-    <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We study the meteorological drivers of melt at two glaciers in Taylor Valley, Antarctica, using 22 years of weather station observations and surface energy fluxes. The glaciers are located only 30 km apart, but have different local climates; Taylor Glacier is generally drier and windier than Commonwealth Glacier, which receives more snowfall due to its proximity to the coast. Commonwealth Glacier shows more inter-annual melt variability, explained by variable albedo due to summer snowfall events. A significant increase in surface melt at Commonwealth Glacier is associated with a decrease in summer minimum albedo. Inter-annual variability in melt at both glaciers is linked to degree-days above freezing during föhn events, occurring more frequently at Taylor Glacier. At Taylor Glacier melt occurs most often with positive air temperatures, but föhn conditions also favour sublimation, which cools the surface and prevents melt for the majority of the positive air temperatures. At Commonwealth Glacier, most of the melt instead occurs with sub-zero air temperatures, driven by strong solar radiative heating. Future melt at Taylor Glacier will likely be more sensitive to changes in föhn events, while Commonwealth Glacier will be impacted more by changes in near coastal weather, where moisture inputs can drive cloud cover, snowfall and change albedo.&lt;/p&gt;</t>
+    <t>null</t>
+  </si>
+  <si>
+    <t>2021-03-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of Fungi</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>199</t>
+  </si>
+  <si>
+    <t>2309-608X</t>
+  </si>
+  <si>
+    <t>A new ectomycorrhizal species was discovered during the first survey of fungal diversity at Brijuni National Park (Croatia), which consists of 14 islands and islets. The National Park is located in the Mediterranean Biogeographical Region, a prominent climate change hot-spot. Inocybe brijunica sp. nov., from sect. Hysterices (Agaricales, Inocybaceae), is described based on morphology and multilocus phylogenetic data. The holotype collection was found at the edge between grassland and Quercus ilex forest with a few planted Pinus pinea trees, on Veli Brijun Island, the largest island of the archipelago. It is easily recognized by a conspicuous orange to orange–red–brown membranaceous surface layer located at or just above the basal part of the stipe. Other distinctive features of I. brijunica are the medium brown, radially fibrillose to rimose pileus; pale to medium brown stipe with fugacious cortina; relatively small, amygdaliform to phaseoliform, and smooth basidiospores, measuring ca. 6.5–9 × 4–5.5 µm; thick-walled, utriform, lageniform or fusiform pleurocystidia (lamprocystidia) with crystals and mostly not yellowing in alkaline solutions; cheilocystidia of two types (lamprocystidia and leptocystidia); and the presence of abundant caulocystidia only in the upper 2–3 mm of the stipe. Phylogenetic reconstruction of a concatenated dataset of the internal transcribed spacer region (ITS), the nuclear 28S rRNA gene (nrLSU), and the second largest subunit of RNA polymerase II (rpb2) resolved I. brijunica and I. glabripes as sister species.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2224760</t>
-[...2 lines deleted...]
-    <t>2023</t>
+    <t>2018098</t>
+  </si>
+  <si>
+    <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cambridge University Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -285,91 +291,93 @@
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>32</v>
-[...2 lines deleted...]
-      <c r="J2" s="0"/>
+        <v>33</v>
+      </c>
+      <c r="I2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="K2" t="s" s="0">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="L2" t="s" s="0">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>