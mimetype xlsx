--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -116,51 +116,51 @@
   <si>
     <t>The Propagation, Evolution, and Rotation in Linear Storms (PERiLS) Project</t>
   </si>
   <si>
     <t>Kosiba, Karen A; Lyza, Anthony W; Trapp, Robert J; Rasmussen, Erik N; Parker, Matthew; Biggerstaff, Michael I; Nesbitt, Stephen W; Weiss, Christopher C; Wurman, Joshua; Knupp, Kevin R; Coffer, Brice; Chmielewski, Vanna C; Dawson, Daniel T; Bruning, Eric; Bell, Tyler M; Coniglio, Michael C; Murphy, Todd A; French, Michael; Blind-Doskocil, Leanne; Reinhart, Anthony E; Wolff, dward; Schneider, Morgan E; Silcott, Miranda; Smith, Elizabeth; Aikins, oshua; Wagner, Melissa; Robinson, Paul; Wilczak, James M; White, Trevor; Bodine, David; Kumjian, Matthew R; Waugh, Sean M; Alford, A Addison; Elmore, Kim; Kollias, Pavlos; Turner, David D</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-06-12T04:00:00Z</t>
   </si>
   <si>
     <t>Bulletin of the American Meteorological Society</t>
   </si>
   <si>
     <t>0003-0007</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Quasi-linear convective systems (QLCSs) are responsible for approximately a quarter of all tornado events in the U.S., but no field campaigns have focused specifically on collecting data to understand QLCS tornadogenesis. The Propagation, Evolution, and Rotation in Linear System (PERiLS) project was the first observational study of tornadoes associated with QLCSs ever undertaken. Participants were drawn from more than 10 universities, laboratories, and institutes, with over 100 students participating in field activities. The PERiLS field phases spanned two years, late winters and early springs of 2022 and 2023, to increase the probability of intercepting significant tornadic QLCS events in a range of large-scale and local environments. The field phases of PERiLS collected data in nine tornadic and nontornadic QLCSs with unprecedented detail and diversity of measurements. The design and execution of the PERiLS field phase and preliminary data and ongoing analyses are shown.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2020462; 2113207; 2020588</t>
+    <t>2020462; 2113207; 2020588; 1361237</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>American Meteorological Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>