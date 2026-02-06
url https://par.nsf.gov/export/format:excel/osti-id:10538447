--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10538447</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Work in Progress: Teaching Engineering Students to Self-Transform: Parallelisms between Product Innovation and Student Career Path Planning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Vargas_Hernandez, Noe; Ortega, Javier; Lozano, Karen; Fuentes, Arturo; Marquez, Eleazar</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-06-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Freshman engineering students can have a hard time transitioning to college. The freshman year is critical to the students’ academic success; in this year they learn basic skills and establish essential networks with other students, faculty, and resources. How can we help these freshman engineering students in this transition? We propose that freshman students can learn from the engineering design innovation process and apply it by analogy to the design of their academic pathways. There are multiple similarities between product innovation (i.e., technology) and the continuous academic challenges faced by the student. Engineers as designers and innovators have a vast and rich repository of techniques, tools, and approaches to develop new technologies, and a parallelism can be drawn between the design and innovation of a technology (e.g., redesign of a kitchen appliance), and the “design” of the students’ academic career pathways. During the Spring 2023 semester pilot, students in Intro to Mechanical Engineering (Course A) worked in teams in a 6-week product innovation project to redesign a simple kitchen appliance. Students learned basic concepts of the design process (e.g., creative exploration of solutions, decision making, multi objective evaluation, etc.). These same students concurrently took Course B (Learning Frameworks) where they worked on a 6-week project to define their career pathways. Both projects, product innovation and career pathways, followed the Challenge Based Instruction (CBI) approach. Periodically, participant students were shown how to use the lessons from product innovation by analogy and reflection in their career pathways project. The objective is for students to learn about the engineering design process and to apply it to their academic challenges by analogy. This prepares students with meta skills to help solve future problems in their academic path, and at each iteration, the students transform themselves, hence the use of the term self-transformation (also referred as “self-innovation”). Data collected from pre and post surveys will be presented to measure self-efficacy in engineering design, grit, motivation to learn, and STEM identity. Participant interviews provide a qualitative insight into the intervention. This project is funded by NSF award 2225247.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2225247</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ASEE Conference</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>