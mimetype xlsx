--- v0 (2025-11-03)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10539093</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3649812</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Profiling Programming Language Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Crichton, Will; Krishnamurthi, Shriram</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-04-29T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Programming Languages</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>OOPSLA1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>29 to 54</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2475-1421</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;This paper documents a year-long experiment to “profile” the process of learning a programming language: gathering data to understand what makes a language hard to learn, and using that data to improve the learning process. We added interactive quizzes to The Rust Programming Language, the official textbook for learning Rust. Over 13 months, 62,526 readers answered questions 1,140,202 times. First, we analyze the trajectories of readers. We find that many readers drop-out of the book early when faced with difficult language concepts like Rust’s ownership types. Second, we use classical test theory and item response theory to analyze the characteristics of quiz questions. We find that better questions are more conceptual in nature, such as asking why a program does not compile vs. whether a program compiles. Third, we performed 12 interventions into the book to help readers with difficult questions. We find that on average, interventions improved quiz scores on the targeted questions by +20&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2319014</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>