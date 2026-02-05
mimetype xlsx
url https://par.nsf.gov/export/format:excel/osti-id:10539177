--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10539177</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Designing culturally situated playful environments for early STEM learning with a Latine community</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bermudez, Vanessa N; Salazar, Julie; Garcia, Leiny; Ochoa, Karlena D; Pesch, Annelise; Roldan, Wendy; Soto-Lara, Stephanie; Gomez, Wendy; Rodriguez, Rigoberto; Hirsh-Pasek, Kathy; Ahn, June; Bustamante, Andres S</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-07-06T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Early childhood research quarterly</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1873-7706</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Children from underserved, minoritized, and immigrant families have less access to early out-of-school STEM learning opportunities. Playful Learning Landscapes increase the accessibility of early STEM learning in everyday public spaces (e.g., bus stops, grocery stores) by merging principles of guided play and STEM learning goals with local community's values. We used community-based design research to (1) identify Latine families’ funds of knowledge related to play, science, and math learning, and (2) create designs for playful environments merging families’ values and practices with guided play and STEM learning principles. Our design partners were 32 parents, primarily Spanish-speaking immigrant mothers from Mexico, and two directors of a local community organization. The design process consisted of co-design sessions, interviews, inductive thematic analysis, elaboration, playtest and feedback, and iteration. Our findings showed that familismo, heritage representation, and the meaning of community spaces influenced the ways families engaged in STEM learning and the learning environments they desired in their community. Moreover, families’ STEM practices were rooted in everyday experiences of playing cultural games, family food routines, and outdoor activities. Incorporating Latine parents in the design process and leveraging their funds of knowledge resulted in culturally situated designs aligned with playful and STEM learning principles. This study contributes to knowledge of Latine families’ values and practices that can help create home-community connections to strengthen children's learning.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2005776</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Elsevier</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>