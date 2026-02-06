--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10539219</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1088/1674-1056/aca7ed</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Atlas of dynamic spectra of fast radio burst FRB 20201124A</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Bo-Jun; Xu, Heng; Jiang, Jin-Chen; Xu, Jiang-Wei; Niu, Jia-Rui; Chen, Ping; Lee, Ke-Jia; Zhang, Bing; Zhu, Wei-Wei; Dong, Su-Bo; Zhang, Chun-Feng; Fu, Hai; Zhou, De-Jiang; Zhang, Yong-Kun; Wang, Pei; Feng, Yi; Li, Ye; Li, Dong-Zi; Lu, Wen-Bin; Yang, Yuan-Pei; Caballero, R N; Cai, Ce; Chen, Mao-Zheng; Dai, Zi-Gao; Esamdin, A; Gan, Heng-Qian; Han, Jin-Lin; Hao, Long-Fei; Huang, Yu-Xiang; Jiang, Peng; Li, Cheng-Kui; Li, Di; Li, Hui; Li, Xin-Qiao; Li, Zhi-Xuan; Liu, Zhi-Yong; Luo, Rui; Men, Yun-Peng; Niu, Chen-Hui; Peng, Wen-Xi; Qian, Lei; Song, Li-Ming; Sun, Jing-Hai; Wang, Fa-Yin; Wang, Min; Wang, Na; Wang, Wei-Yang; Wu, Xue-Feng; Xiao, Shuo; Xiong, Shao-Lin; Xu, Yong-Hua; Xu, Ren-Xin; Yang, Jun; Yang, Xuan; Yao, Rui; Yi, Qi-Bin; Yue, You-Ling; Yu, Dong-Jun; Yu, Wen-Fei; Yuan, Jian-Ping; Zhang, Bin-Bin; Zhang, Song-Bo; Zhang, Shuang-Nan; Zhao, Yi; Zheng, Wei-Kang; Zhu, Yan; Zou, Jin-Hang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-02-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Chinese Physics B</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>029801</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1674-1056</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Fast radio bursts (FRBs) are highly dispersed millisecond-duration radio bursts,&lt;sup&gt;[1,2]&lt;/sup&gt;of which the physical origin is still not fully understood. FRB 20201124A is one of the most actively repeating FRBs. In this paper, we present the collection of 1863 burst dynamic spectra of FRB 20201124A measured with the Five-hundred-meter Aperture Spherical radio Telescope (FAST). The current collection, taken from the observation during the FRB active phase from April to June 2021, is the largest burst sample detected for any FRB so far. The standard PSRFITs format is adopted, including dynamic spectra of the burst, and the time information of the dynamic spectra, in addition, mask files help readers to identify the pulse positions are also provided. The dataset is available in Science Data Bank, with the link&lt;ext-link ext-link-type='uri' href='https://www.doi.org/10.57760/sciencedb.j00113.00076' type='simple'&gt;https://www.doi.org/10.57760/sciencedb.j00113.00076&lt;/ext-link&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2103251</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IOP</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>