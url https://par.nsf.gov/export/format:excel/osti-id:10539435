--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -125,51 +125,51 @@
   <si>
     <t>Graham, Allie</t>
   </si>
   <si>
     <t>2024-05-01T04:00:00Z</t>
   </si>
   <si>
     <t>Genome Biology and Evolution</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>1759-6653</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Adaptation to extreme environments often involves the evolution of dramatic physiological changes. To better understand how organisms evolve these complex phenotypic changes, the repeatability and predictability of evolution, and possible constraints on adapting to an extreme environment, it is important to understand how adaptive variation has evolved. Poeciliid fishes represent a particularly fruitful study system for investigations of adaptation to extreme environments due to their repeated colonization of toxic hydrogen sulfide–rich springs across multiple species within the clade. Previous investigations have highlighted changes in the physiology and gene expression in specific species that are thought to facilitate adaptation to hydrogen sulfide–rich springs. However, the presence of adaptive nucleotide variation in coding and regulatory regions and the degree to which convergent evolution has shaped the genomic regions underpinning sulfide tolerance across taxa are unknown. By sampling across seven independent lineages in which nonsulfidic lineages have colonized and adapted to sulfide springs, we reveal signatures of shared evolutionary rate shifts across the genome. We found evidence of genes, promoters, and putative enhancer regions associated with both increased and decreased convergent evolutionary rate shifts in hydrogen sulfide–adapted lineages. Our analysis highlights convergent evolutionary rate shifts in sulfidic lineages associated with the modulation of endogenous hydrogen sulfide production and hydrogen sulfide detoxification. We also found that regions with shifted evolutionary rates in sulfide spring fishes more often exhibited convergent shifts in either the coding region or the regulatory sequence of a given gene, rather than both.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2138649; 2311366; 2423844</t>
+    <t>2138649; 2311366; 2423844; 1931657</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Oxford Academic</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>