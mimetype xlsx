--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10540656</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1108/ILS-06-2023-0062</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Engaging elementary students in data science practices</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Adisa, Ibrahim Oluwajoba; Herro, Danielle; Abimbade, Oluwadara; Arastoopour_Irgens, Golnaz</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-12-29T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Information and Learning Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>125</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>7/8</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>513 to 544</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2398-5348</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;sec&gt;&lt;title content-type='abstract-subheading'&gt;Purpose&lt;/title&gt;&lt;p&gt;This study is part of a participatory design research project and aims to develop and study pedagogical frameworks and tools for integrating computational thinking (CT) concepts and data science practices into elementary school classrooms.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title content-type='abstract-subheading'&gt;Design/methodology/approach&lt;/title&gt;&lt;p&gt;This paper describes a pedagogical approach that uses a data science framework the research team developed to assist teachers in providing data science instruction to elementary-aged students. Using phenomenological case study methodology, the authors use classroom observations, student focus groups, video recordings and artifacts to detail ways learners engage in data science practices and understand how they perceive their engagement during activities and learning.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title content-type='abstract-subheading'&gt;Findings&lt;/title&gt;&lt;p&gt;Findings suggest student engagement in data science is enhanced when data problems are contextualized and connected to students’ lived experiences; data analysis and data-based decision-making is practiced in multiple ways; and students are given choices to communicate patterns, interpret graphs and tell data stories. The authors note challenges students experienced with data practices including conflict between inconsistencies in data patterns and lived experiences and focusing on data visualization appearances versus relationships between variables.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title content-type='abstract-subheading'&gt;Originality/value&lt;/title&gt;&lt;p&gt;Data science instruction in elementary schools is an understudied, emerging and important area of data science education. Most elementary schools offer limited data science instruction; few elementary schools offer data science curriculum with embedded CT practices integrated across disciplines. This research assists elementary educators in fostering children's data science engagement and agency while developing their ability to reason, visualize and make decisions with data.&lt;/p&gt;&lt;/sec&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2031175</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Emerald</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>