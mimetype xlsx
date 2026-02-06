--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,198 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...146 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -212,191 +65,322 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10540979</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1016/j.compedu.2024.105002</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Unveiling joint attention dynamics: Examining multimodal engagement in an immersive collaborative astronomy simulation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kang, Jina; Zhou, Yiqiu; Rajarathinam, Robin Jephthah; Tan, Yuanru; Shaffer, David Williamson</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Computers &amp; Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>213</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>C</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>105002</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0360-1315</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Numerous computer-based collaborative learning environments have been developed to support 
+collaborative problem-solving. Yet, understanding the complexity and dynamic nature of the 
+collaboration process remains a challenge. This is particularly true in open-ended immersive 
+learning environments, where students navigate both physical and virtual spaces, pursuing 
+diverse paths to solve problems. In response, we aimed to unpack these complex collaborative 
+learning processes by investigating 16 groups of college students (n = 77) who utilized an 
+immersive astronomy simulation in their introductory astronomy course. Our specific focus is on 
+joint attention as a multi-level indicator to index collaboration. To examine the interplay between 
+joint attention and other multimodal traces (conceptual discussions and gestures) in students’ 
+interactions with peers and the simulation, we employed a multi-granular approach. This 
+approach encompasses macro-level correlations, meso-level network trends, and micro-level 
+qualitative insights from vignettes to capture nuances at different levels. Distinct multimodal 
+engagement patterns emerged between low- and high-achieving groups, evolving over time across 
+a series of tasks. Our findings contribute to the understanding of the notion of timely joint 
+attention and emphasize the importance of individual exploration during the early stages of 
+collaborative problem-solving, demonstrating its contribution to productive knowledge coconstruction. This research overall provides valuable insights into the complexities of collaboration dynamics within and beyond digital space. The empirical evidence we present in our study 
+lays a strong foundation for developing instructional designs aimed at fostering productive 
+collaboration in immersive learning environments.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2225240</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Computers and Education</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>