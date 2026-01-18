--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -113,51 +113,51 @@
   <si>
     <t>https://doi.org/10.1038/s41565-024-01667-5</t>
   </si>
   <si>
     <t>Towards realizing nano-enabled precision delivery in plants</t>
   </si>
   <si>
     <t>Lowry, Gregory V; Giraldo, Juan Pablo; Steinmetz, Nicole F; Avellan, Astrid; Demirer, Gozde S; Ristroph, Kurt D; Wang, Gerald J; Hendren, Christine O; Alabi, Christopher A; Caparco, Adam; da_Silva, Washington; González-Gamboa, Ivonne; Grieger, Khara D; Jeon, Su-Ji; Khodakovskaya, Mariya V; Kohay, Hagay; Kumar, Vivek; Muthuramalingam, Raja; Poffenbarger, Hanna; Santra, Swadeshmukul; Tilton, Robert D; White, Jason C</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-06-06T04:00:00Z</t>
   </si>
   <si>
     <t>Nature Nanotechnology</t>
   </si>
   <si>
     <t>1748-3387</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2133568; 2134535</t>
+    <t>2133568; 2134535; 2222373</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Springer Nature</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>