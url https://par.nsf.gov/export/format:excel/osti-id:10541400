--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -119,51 +119,51 @@
   <si>
     <t>Mount, Rebecca A; Athif, Mohamed; O’Connor, Margaret; Saligrama, Amith; Tseng, Hua-an; Sridhar, Sudiksha; Zhou, Chengqian; Bortz, Emma; San_Antonio, Erynne; Kramer, Mark A; Man, Heng-Ye; Han, Xue</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2023-10-27T04:00:00Z</t>
   </si>
   <si>
     <t>Frontiers in Neuroscience</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>1662-453X</t>
   </si>
   <si>
     <t>&lt;p&gt;Mutations in autism spectrum disorder (ASD) risk genes disrupt neural network dynamics that ultimately lead to abnormal behavior. To understand how ASD-risk genes influence neural circuit computation during behavior, we analyzed the hippocampal network by performing large-scale cellular calcium imaging from hundreds of individual CA1 neurons simultaneously in transgenic mice with total knockout of the X-linked ASD-risk gene&lt;italic&gt;NEXMIF&lt;/italic&gt;(neurite extension and migration factor). As&lt;italic&gt;NEXMIF&lt;/italic&gt;knockout in mice led to profound learning and memory deficits, we examined the CA1 network during voluntary locomotion, a fundamental component of spatial memory. We found that&lt;italic&gt;NEXMIF&lt;/italic&gt;knockout does not alter the overall excitability of individual neurons but exaggerates movement-related neuronal responses. To quantify network functional connectivity changes, we applied closeness centrality analysis from graph theory to our large-scale calcium imaging datasets, in addition to using the conventional pairwise correlation analysis. Closeness centrality analysis considers both the number of connections and the connection strength between neurons within a network. We found that in wild-type mice the CA1 network desynchronizes during locomotion, consistent with increased network information coding during active behavior. Upon&lt;italic&gt;NEXMIF&lt;/italic&gt;knockout, CA1 network is over-synchronized regardless of behavioral state and fails to desynchronize during locomotion, highlighting how perturbations in ASD-implicated genes create abnormal network synchronization that could contribute to ASD-related behaviors.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2002971</t>
+    <t>2002971; 1955981</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Front Neurosci.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>