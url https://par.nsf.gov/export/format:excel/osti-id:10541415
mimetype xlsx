--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10541415</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.5281/zenodo.12729932</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Automated Assessment in Math Education: A Comparative Analysis of LLMs for Open-Ended Responses</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Baral, Sami; Worden, Eamon; Lim, Wen-Chiang; Luo, Zhuang; Santorelli, Christopher; Gurung, Ashish</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Benjamin, Paaßen; Carrie, Demmans Epp</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The effectiveness of feedback in enhancing learning outcomes is well documented within Educational Data Mining (EDM). Various prior research have explored methodologies to enhance the effectiveness of feedback to students in various ways. Recent developments in Large Language Models (LLMs) have extended their utility in enhancing automated feedback systems. This study aims to explore the potential of LLMs in facilitating automated feedback in math education in the form of numeric assessment scores. We examine the effectiveness of LLMs in evaluating student responses and scoring the responses by comparing 3 different models: Llama, SBERT-Canberra, and GPT4 model. The evaluation requires the model to provide a quantitative score on the student&amp;#39;s responses to open-ended math problems. We employ Mistral, a version of Llama catered to math, and fine-tune this model for evaluating student responses by leveraging a dataset of student responses and teacher-provided scores for middle-school math problems. A similar approach was taken for training the SBERT-Canberra model, while the GPT4 model used a zero-shot learning approach. We evaluate and compare the models&amp;#39; performance in scoring accuracy. This study aims to further the ongoing development of automated assessment and feedback systems and outline potential future directions for leveraging generative LLMs in building automated feedback systems.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1931523</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Educational Data Mining Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t>Creative Commons Attribution 4.0 International</t>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>