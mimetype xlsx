--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10541555</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202450221</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Four microlensing giant planets detected through signals produced by minor-image perturbations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Han, Cheongho; Bond, Ian A; Lee, Chung-Uk; Gould, Andrew; Albrow, Michael D; Chung, Sun-Ju; Hwang, Kyu-Ha; Jung, Youn Kil; Ryu, Yoon-Hyun; Shvartzvald, Yossi; Shin, In-Gu; Yee, Jennifer C; Yang, Hongjing; Zang, Weicheng; Cha, Sang-Mok; Kim, Doeon; Kim, Dong-Jin; Kim, Seung-Lee; Lee, Dong-Joo; Lee, Yongseok; Park, Byeong-Gon; Pogge, Richard W; Abe, Fumio; Bando, Ken; Barry, Richard; Bennett, David P; Bhattacharya, Aparna; Fujii, Hirosame; Fukui, Akihiko; Hamada, Ryusei; Hamada, Shunya; Hamasaki, Naoto; Hirao, Yuki; Ishitani_Silva, Stela; Itow, Yoshitaka; Kirikawa, Rintaro; Koshimoto, Naoki; Matsubara, Yutaka; Miyazaki, Shota; Muraki, Yasushi; Nagai, Tutumi; Nunota, Kansuke; Olmschenk, Greg; Ranc, Clément; Rattenbury, Nicholas J; Satoh, Yuki; Sumi, Takahiro; Suzuki, Daisuke; Tomoyoshi, Mio; Tristram, Paul J; Vandorou, Aikaterini; Yama, Hibiki; Yamashita, Kansuke; Bachelet, Etienne; Rota, Paolo; Bozza, Valerio; Zielinski, Paweł; Street, Rachel A; Tsapras, Yiannis; Hundertmark, Markus; Wambsganss, Joachim; Wyrzykowski, Łukasz; Figuera_Jaimes, Roberto; Cassan, Arnaud; Dominik, Martin; Rybicki, Krzysztof A; Rabus, Markus</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>687</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A225</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;italic&gt;Aims.&lt;/italic&gt;We investigated the nature of the anomalies appearing in four microlensing events KMT-2020-BLG-0757, KMT-2022-BLG-0732, KMT-2022-BLG-1787, and KMT-2022-BLG-1852. The light curves of these events commonly exhibit initial bumps followed by subsequent troughs that extend across a substantial portion of the light curves.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Methods.&lt;/italic&gt;We performed thorough modeling of the anomalies to elucidate their characteristics. Despite their prolonged durations, which differ from the usual brief anomalies observed in typical planetary events, our analysis revealed that each anomaly in these events originated from a planetary companion located within the Einstein ring of the primary star. It was found that the initial bump arouse when the source star crossed one of the planetary caustics, while the subsequent trough feature occurred as the source traversed the region of minor image perturbations lying between the pair of planetary caustics.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Results.&lt;/italic&gt;The estimated masses of the host and planet, their mass ratios, and the distance to the discovered planetary systems are (&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;host&lt;/sub&gt;/&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;,&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;planet&lt;/sub&gt;&lt;italic&gt;/M&lt;/italic&gt;&lt;sub&gt;&lt;sc&gt;J&lt;/sc&gt;&lt;/sub&gt;,&lt;italic&gt;q&lt;/italic&gt;/10&lt;sup&gt;−3&lt;/sup&gt;,&lt;italic&gt;D&lt;/italic&gt;&lt;sub&gt;&lt;sc&gt;L&lt;/sc&gt;&lt;/sub&gt;/kpc) = (0.58&lt;sub&gt;−0.30&lt;/sub&gt;&lt;sup&gt;+0.33&lt;/sup&gt;, 10.71&lt;sub&gt;−5.61&lt;/sub&gt;&lt;sup&gt;+6.17&lt;/sup&gt;, 17.61 ± 2.25, 6.67&lt;sub&gt;−1.30&lt;/sub&gt;&lt;sup&gt;+0.93&lt;/sup&gt;) for KMT-2020-BLG-0757, (0.53&lt;sub&gt;−0.31&lt;/sub&gt;&lt;sup&gt;+0.31&lt;/sup&gt;, 1.12&lt;sub&gt;−0.65&lt;/sub&gt;&lt;sup&gt;+0.65&lt;/sup&gt;, 2.01 ± 0.07, 6.66&lt;sub&gt;−1.84&lt;/sub&gt;&lt;sup&gt;+1.19&lt;/sup&gt;) for KMT-2022-BLG-0732, (0.42&lt;sub&gt;−0.23&lt;/sub&gt;&lt;sup&gt;+0.32&lt;/sup&gt;, 6.64&lt;sub&gt;−3.64&lt;/sub&gt;&lt;sup&gt;+4.98&lt;/sup&gt;, 15.07 ± 0.86, 7.55&lt;sub&gt;−1.30&lt;/sub&gt;&lt;sup&gt;+0.89&lt;/sup&gt;) for KMT-2022-BLG-1787, and (0.32&lt;sub&gt;−0.19&lt;/sub&gt;&lt;sup&gt;+0.34&lt;/sup&gt;, 4.98&lt;sub&gt;−2.94&lt;/sub&gt;&lt;sup&gt;+5.42&lt;/sup&gt;, 8.74 ± 0.49, 6.27&lt;sub&gt;−1.15&lt;/sub&gt;&lt;sup&gt;+0.90&lt;/sup&gt;) for KMT-2022-BLG-1852. These parameters indicate that all the planets are giants with masses exceeding the mass of Jupiter in our solar system and the hosts are low-mass stars with masses substantially less massive than the Sun.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108414</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>EDP Sciences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>