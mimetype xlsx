--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,184 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="44">
-[...132 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -198,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10541558</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1088/1538-3873/ad48b8</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>KMT-2023-BLG-1431Lb: A New q &lt; 10 &lt;sup&gt;−4&lt;/sup&gt; Microlensing Planet from a Subtle Signature</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bell, Aislyn; Zhang, Jiyuan; Zang, Weicheng; Jung, Youn Kil; Yee, Jennifer C; Yang, Hongjing; Sumi, Takahiro; Udalski, Andrzej; Albrow, Michael D; Chung, Sun-Ju; Gould, Andrew; Han, Cheongho; Hwang, Kyu-Ha; Ryu, Yoon-Hyun; Shin, In-Gu; Shvartzvald, Yossi; Cha, Sang-Mok; Kim, Dong-Jin; Kim, Seung-Lee; Lee, Chung-Uk; Lee, Dong-Joo; Lee, Yongseok; Park, Byeong-Gon; Pogge, Richard W; Tang, Yunyi; McCormick, Jennie; Dong, Subo; Liu, Zhuokai; de_Almeida, Leandro; Mao, Shude; Maoz, Dan; Zhu, Wei; Abe, Fumio; Barry, Richard; Bennett, David P; Bhattacharya, Aparna; Bond, Ian A; Fujii, Hirosane; Fukui, Akihiko; Hamada, Ryusei; Hirao, Yuki; Silva, Stela Ishitani; Itow, Yoshitaka; Kirikawa, Rintaro; Kondo, Iona; Koshimoto, Naoki; Matsubara, Yutaka; Matsumoto, Sho; Miyazaki, Shota; Muraki, Yasushi; Okamura, Arisa; Lmschenk, Greg; Ranc, Clément; Rattenbury, Nicholas J; Satoh, Yuki; Suzuki, Daisuke; Toda, Taiga; Tomoyoshi, Mio; Tristram, Paul J; Vandorou, Aikaterini; Yama, Hibiki; Yamashita, Kansuke; Mróz, Przemek; Skowron, Jan; Poleski, Radoslaw; Szymański, Michał K; Soszyński, Igor; Pietrukowicz, Paweł; Kozłowski, Szymon; Ulaczyk, Krzysztof; Rybicki, Krzysztof A; Iwanek, Patryk; Wrona, Marcin; Gromadzki, Mariusz</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>Leading_Authors; The_KMTNet_Collaboration; The_MAP_&amp;_FUN_Follow-up_Team; The_MOA_Collaboration; The_OGLE_Collaboration</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Publications of the Astronomical Society of the Pacific</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>136</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>054402</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6280</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The current studies of microlensing planets are limited by small number statistics. Follow-up observations of high-magnification microlensing events can efficiently form a statistical planetary sample. Since 2020, the Korea Microlensing Telescope Network (KMTNet) and the Las Cumbres Observatory (LCO) global network have been conducting a follow-up program for high-magnification KMTNet events. Here, we report the detection and analysis of a microlensing planetary event, KMT-2023-BLG-1431, for which the subtle (0.05 mag) and short-lived (5 hr) planetary signature was characterized by the follow-up from KMTNet and LCO. A binary-lens single-source (2L1S) analysis reveals a planet/host mass ratio of&lt;italic&gt;q&lt;/italic&gt;= (0.72 ± 0.07) × 10&lt;sup&gt;−4&lt;/sup&gt;, and the single-lens binary-source (1L2S) model is excluded by Δ&lt;italic&gt;χ&lt;/italic&gt;&lt;sup&gt;2&lt;/sup&gt;= 80. A Bayesian analysis using a Galactic model yields estimates of the host star mass of&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;host&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;0.57&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;0.29&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;0.33&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;mspace width='0.25em'/&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;⊙&lt;/mo&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/math&gt;&lt;inline-graphic href='paspad48b8ieqn1.gif' type='simple'/&gt;&lt;/inline-formula&gt;, the planetary mass of&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;planet&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;13.5&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;6.8&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;8.1&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;mspace width='0.25em'/&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;⊕&lt;/mo&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/math&gt;&lt;inline-graphic href='paspad48b8ieqn2.gif' type='simple'/&gt;&lt;/inline-formula&gt;, and the lens distance of&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;D&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi mathvariant='normal'&gt;L&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;6.9&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;1.7&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;0.8&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/math&gt;&lt;inline-graphic href='paspad48b8ieqn3.gif' type='simple'/&gt;&lt;/inline-formula&gt;kpc. The projected planet-host separation of&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;a&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;⊥&lt;/mo&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;2.3&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;0.5&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;0.5&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/math&gt;&lt;inline-graphic href='paspad48b8ieqn4.gif' type='simple'/&gt;&lt;/inline-formula&gt;au or&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;a&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;⊥&lt;/mo&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;3.2&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;0.8&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;0.7&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/math&gt;&lt;inline-graphic href='paspad48b8ieqn5.gif' type='simple'/&gt;&lt;/inline-formula&gt;au, subject to the close/wide degeneracy. We also find that without the follow-up data, the survey-only data cannot break the degeneracy of central/resonant caustics and the degeneracy of 2L1S/1L2S models, showing the importance of follow-up observations for current microlensing surveys.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108414</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IOP</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>