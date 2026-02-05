--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10541562</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202348245</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>KMT-2023-BLG-0416, KMT-2023-BLG-1454, KMT-2023-BLG-1642: Microlensing planets identified from partially covered signals</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Han, Cheongho; Udalski, Andrzej; Lee, Chung-Uk; Zang, Weicheng; Albrow, Michael D; Chung, Sun-Ju; Gould, Andrew; Hwang, Kyu-Ha; Jung, Youn Kil; Ryu, Yoon-Hyun; Shvartzvald, Yossi; Shin, In-Gu; Yee, Jennifer C; Yang, Hongjing; Cha, Sang-Mok; Kim, Doeon; Kim, Dong-Jin; Kim, Seung-Lee; Lee, Dong-Joo; Lee, Yongseok; Park, Byeong-Gon; Pogge, Richard W; Mróz, Przemek; Szymański, Michał K; Skowron, Jan; Poleski, Radosław; Soszyński, Igor; Pietrukowicz, Paweł; Kozłowski, Szymon; Rybicki, Krzysztof A; Iwanek, Patryk; Ulaczyk, Krzysztof; Wrona, Marcin; Gromadzki, Mariusz; Mróz, Mateusz</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>683</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A187</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;italic&gt;Aims&lt;/italic&gt;. We investigate the 2023 season data from high-cadence microlensing surveys with the aim of detecting partially covered shortterm signals and revealing their underlying astrophysical origins. Through this analysis, we ascertain that the signals observed in the lensing events KMT-2023-BLG-0416, KMT-2023-BLG-1454, and KMT-2023-BLG-1642 are of planetary origin.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Methods&lt;/italic&gt;. Considering the potential degeneracy caused by the partial coverage of signals, we thoroughly investigate the lensing-parameter plane. In the case of KMT-2023-BLG-0416, we have identified two solution sets, one with a planet-to-host mass ratio of&lt;italic&gt;q&lt;/italic&gt;~ 10&lt;sup&gt;−2&lt;/sup&gt;and the other with&lt;italic&gt;q&lt;/italic&gt;~ 6 × 10&lt;sup&gt;−5&lt;/sup&gt;, within each of which there are two local solutions emerging due to the inner-outer degeneracy. For KMT-2023-BLG-1454, we discern four local solutions featuring mass ratios of&lt;italic&gt;q&lt;/italic&gt;~ (1.7−4.3) × 10&lt;sup&gt;−3&lt;/sup&gt;. When it comes to KMT-2023-BLG-1642, we identified two locals with&lt;italic&gt;q&lt;/italic&gt;~ (6 − 10) × 10&lt;sup&gt;−3&lt;/sup&gt;resulting from the inner-outer degeneracy.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Results&lt;/italic&gt;. We estimate the physical lens parameters by conducting Bayesian analyses based on the event time scale and Einstein radius. For KMT-2023-BLG-0416L, the host mass is ~0.6&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;, and the planet mass is ~(6.1−6.7)&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;J&lt;/sub&gt;according to one set of solutions and ~0.04&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;J&lt;/sub&gt;according to the other set of solutions. KMT-2023-BLG-1454Lb has a mass roughly half that of Jupiter, while KMT-2023-BLG-1646Lb has a mass in the range of between 1.1 to 1.3 times that of Jupiter, classifying them both as giant planets orbiting mid M-dwarf host stars with masses ranging from 0.13 to 0.17 solar masses.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108414</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>EDP Sciences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>