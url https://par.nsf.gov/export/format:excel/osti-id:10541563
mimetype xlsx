--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10541563</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202347951</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Three sub-Jovian-mass microlensing planets: MOA-2022-BLG-563Lb, KMT-2023-BLG-0469Lb, and KMT-2023-BLG-0735Lb</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Han, Cheongho; Jung, Youn Kil; Bond, Ian A; Gould, Andrew; Albrow, Michael D; Chung, Sun-Ju; Hwang, Kyu-Ha; Lee, Chung-Uk; Ryu, Yoon-Hyun; Shin, In-Gu; Shvartzvald, Yossi; Yang, Hongjing; Yee, Jennifer C; Zang, Weicheng; Cha, Sang-Mok; Kim, Doeon; Kim, Dong-Jin; Kim, Seung-Lee; Lee, Dong-Joo; Lee, Yongseok; Park, Byeong-Gon; Pogge, Richard W; Abe, Fumio; Barry, Richard; Bennett, David P; Bhattacharya, Aparna; Fujii, Hirosame; Fukui, Akihiko; Hamada, Ryusei; Hirao, Yuki; Silva, Stela Ishitani; Itow, Yoshitaka; Kirikawa, Rintaro; Koshimoto, Naoki; Matsubara, Yutaka; Miyazaki, Shota; Muraki, Yasushi; Olmschenk, Greg; Ranc, Clément; Rattenbury, Nicholas J; Satoh, Yuki; Sumi, Takahiro; Suzuki, Daisuke; Tomoyoshi, Mio; Tristram, Paul J; Vandorou, Aikaterini; Yama, Hibiki; Yamashita, Kansuke</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>683</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A115</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;italic&gt;Aims.&lt;/italic&gt;We analyze the anomalies appearing in the light curves of the three microlensing events MOA-2022-BLG-563, KMT-2023-BLG-0469, and KMT-2023-BLG-0735. The anomalies exhibit common short-term dip features that appear near the peak.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Methods.&lt;/italic&gt;From the detailed analyses of the light curves, we find that the anomalies were produced by planets accompanied by the lenses of the events. For all three events, the estimated mass ratios between the planet and host are on the order of 10&lt;sup&gt;−4&lt;/sup&gt;:&lt;italic&gt;q ~&lt;/italic&gt;8 × 10&lt;sup&gt;−4&lt;/sup&gt;for MOA-2022-BLG-563L,&lt;italic&gt;q&lt;/italic&gt;~ 2.5 × 10&lt;sup&gt;−4&lt;/sup&gt;for KMT-2023-BLG-0469L, and&lt;italic&gt;q&lt;/italic&gt;~ 1.9 × 10&lt;sup&gt;−4&lt;/sup&gt;for KMT-2023-BLG-0735L. The interpretations of the anomalies are subject to a common inner-outer degeneracy, which causes ambiguity when estimating the projected planet-host separation.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Results.&lt;/italic&gt;We estimated the planet mass,&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;p&lt;/sub&gt;, host mass,&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;h&lt;/sub&gt;, and distance,&lt;italic&gt;D&lt;/italic&gt;&lt;sub&gt;L&lt;/sub&gt;, to the planetary system by conducting Bayesian analyses using the observables of the events. The estimated physical parameters of the planetary systems are (&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;h&lt;/sub&gt;&lt;italic&gt;/M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;,&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;p&lt;/sub&gt;/&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;J&lt;/sub&gt;,&lt;italic&gt;D&lt;/italic&gt;&lt;sub&gt;L&lt;/sub&gt;/kpc) = (0.48&lt;sub&gt;−0.30&lt;/sub&gt;&lt;sup&gt;+0.36&lt;/sup&gt;, 0.40&lt;sub&gt;−0.25&lt;/sub&gt;&lt;sup&gt;+0.31&lt;/sup&gt;, 6.53&lt;sub&gt;−1.57&lt;/sub&gt;&lt;sup&gt;+1.12&lt;/sup&gt;) for MOA-2022-BLG-563L, (0.47&lt;sub&gt;−0.26&lt;/sub&gt;&lt;sup&gt;+0.35&lt;/sup&gt;, 0.124&lt;sub&gt;−0.067&lt;/sub&gt;&lt;sup&gt;+0.092&lt;/sup&gt;, 7.07&lt;sub&gt;−1.19&lt;/sub&gt;&lt;sup&gt;+1.03&lt;/sup&gt;) for KMT-2023-BLG-0469L, and (0.62&lt;sub&gt;−0.35&lt;/sub&gt;&lt;sup&gt;+0.34&lt;/sup&gt;, 0.125&lt;sub&gt;−0.070&lt;/sub&gt;&lt;sup&gt;+0.068&lt;/sup&gt;, 6.26&lt;sub&gt;−1.67&lt;/sub&gt;&lt;sup&gt;+1.27&lt;/sup&gt;) for KMT-2023-BLG-0735L. According to the estimated parameters, all planets are cold planets with projected separations that are greater than the snow lines of the planetary systems, they have masses that lie between the masses of Uranus and Jupiter of the Solar System, and the hosts of the planets are main-sequence stars that are less massive than the Sun. In all cases, the planetary systems are more likely to be in the bulge with probabilities&lt;italic&gt;P&lt;/italic&gt;&lt;sub&gt;bulge&lt;/sub&gt;= 64%, 73%, and 56% for MOA-2022-BLG-563, KMT-2023-BLG-0469, and KMT-2023-BLG-0735, respectively.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108414</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>EDP Sciences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>