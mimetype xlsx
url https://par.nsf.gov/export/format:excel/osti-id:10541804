--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10541804</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.53735/cisse.v11i1.180</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Assessing the Effectiveness and Security Implications of AI Code Generators</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Taeb, Maryam; Chi, Hongmei; Bernadin, Shonda</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-02-27T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of The Colloquium for Information Systems Security Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2641-4546</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Students, especially those outside the field of cybersecurity, are increasingly turning to Large Language Model (LLM)-based generative AI tools for coding assistance. These AI code generators provide valuable support to developers by generating code based on provided input and instructions. However, the quality and accuracy of the generated code can vary, depending on factors such as task complexity, the clarity of instructions, and the model’s familiarity with the programming language. Additionally, these generated codes may inadvertently utilize vulnerable built-in functions, potentially leading to source code vulnerabilities and exploits. This research undertakes an in-depth analysis and comparison of code generation, code completion, and security suggestions offered by prominent AI models, including OpenAI CodeX, CodeBert, and ChatGPT. The research aims to evaluate the effectiveness and security aspects of these tools in terms of their code generation, code completion capabilities, and their ability to enhance security. This analysis serves as a valuable resource for developers, enabling them to proactively avoid introducing security vulnerabilities in their projects. By doing so, developers can significantly reduce the need for extensive revisions and resource allocation, whether in the short or long term.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2101161</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>CISSE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>