--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10542028</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-3881/ad34d5</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Death of Vulcan: NEID Reveals That the Planet Candidate Orbiting HD 26965 Is Stellar Activity*</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Burrows, Abigail; Halverson, Samuel; Siegel, Jared C; Gilbertson, Christian; Luhn, Jacob; Burt, Jennifer; Bender, Chad F; Roy, Arpita; Terrien, Ryan C; Vangstein, Selma; Mahadevan, Suvrath; Wright, Jason T; Robertson, Paul; Ford, Eric B; Stefánsson, Gumundur; Ninan, Joe P; Blake, Cullen H; McElwain, Michael W; Schwab, Christian; Zhao, Jinglin</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-04-26T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>167</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>243</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6256</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We revisit the long-studied radial velocity (RV) target HD 26965 using recent observations from the NASA-NSF “NEID” precision Doppler facility. Leveraging a suite of classical activity indicators, combined with line-by-line RV analyses, we demonstrate that the claimed 45-day signal previously identified as a planet candidate is most likely an activity-induced signal. Correlating the bulk (spectrally averaged) RV with canonical line activity indicators confirms a multiday “lag” between the observed activity indicator time series and the measured RV. When accounting for this lag, we show that much of the observed RV signal can be removed by a linear detrending of the data. Investigating activity at the line-by-line level, we find a depth-dependent correlation between individual line RVs and the bulk RVs, further indicative of periodic suppression of convective blueshift causing the observed RV variability, rather than an orbiting planet. We conclude that the combined evidence of the activity correlations and depth dependence is consistent with an RV signature dominated by a rotationally modulated activity signal at a period of ∼42 days. We hypothesize that this activity signature is due to a combination of spots and convective blueshift suppression. The tools applied in our analysis are broadly applicable to other stars and could help paint a more comprehensive picture of the manifestations of stellar activity in future Doppler RV surveys.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2204701</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>https://iopscience.iop.org/article/10.3847/1538-3881/ad34d5/meta</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>