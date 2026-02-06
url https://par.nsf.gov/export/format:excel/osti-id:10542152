--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10542152</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The impacts of rising vapour pressure deficit in natural and managed ecosystems</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Novick, Kimberly; Ficklin, Darren; Grossiord, Charlotte; Konings, Alexandra; Martínez-Vilalta, Jordi; Trugman, Anna; Williams, Park; Wright, Alexandra; Abatzoglou, John; Dannenberg, Matthew; Gentine, Pierre; Guan, Kaiyu; Johnston, Miriam; Lowman, Lauren; Moore, David; McDowell, Nate</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Plant cell  environment</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1365-3040</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>An exponential rise in the atmospheric vapour pressure deficit (VPD) is among the most consequential impacts of climate change in terrestrial ecosystems. Rising VPD has negative and cascading effects on nearly all aspects of plant function including photosynthesis, water status, growth and survival. These responses are exacerbated by land–atmosphere interactions that couple VPD to soil water and govern the evolution of drought, affecting a range of ecosystem services including carbon uptake, biodiversity, the provisioning of water resources and crop yields. However, despite the global nature of this phenomenon, research on how to incorporate these impacts into resilient management regimes is largely in its infancy, due in part to the entanglement of VPD trends with those of other co-evolving climate drivers. Here, we review the mechanistic bases of VPD impacts at a range of spatial scales, paying particular attention to the independent and interactive influence of VPD in the context of other environmental changes. We then evaluate the consequences of these impacts within key management contexts, including water resources, croplands, wildfire risk mitigation and management of natural grasslands and forests. We conclude with recommendations describing how management regimes could be altered to mitigate the otherwise highly deleterious consequences of rising VPD.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2220865</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>