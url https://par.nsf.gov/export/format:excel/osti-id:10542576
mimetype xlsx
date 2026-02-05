--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10542576</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/mnras/stad3785</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>TOI-4641b: an aligned warm Jupiter orbiting a bright ( &lt;i&gt;V&lt;/i&gt; =7.5) rapidly rotating F-star</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bieryla, Allyson; Zhou, George; García-Mejía, Juliana; Fairnington, Tyler R; Latham, David W; Carter, Brad; Dong, Jiayin; Huang, Chelsea X; Murphy, Simon J; Shporer, Avi; Collins, Karen A; Quinn, Samuel N; Everett, Mark E; Buchhave, Lars A; Tronsgaard, René; Charbonneau, David; Johnson, Marshall C; Esquerdo, Gilbert A; Calkins, Michael; Berlind, Perry; Jenkins, Jon M; Ricker, George R; Seager, Sara; Winn, Joshua N; Barclay, Thomas; Mireles, Ismael; Paegert, Martin; Twicken, Joseph D</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-12-23T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Monthly Notices of the Royal Astronomical Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>527</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>10955 to 10964</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0035-8711</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We report the discovery of TOI-4641b, a warm Jupiter transiting a rapidly rotating F-type star with a stellar effective temperature of 6560 K. The planet has a radius of 0.73 RJup, a mass smaller than 3.87 MJup(3σ), and a period of 22.09 d. It is orbiting a bright star (V=7.5 mag) on a circular orbit with a radius and mass of 1.73 R⊙ and 1.41 M⊙. Follow-up ground-based photometry was obtained using the Tierras Observatory. Two transits were also observed with the Tillinghast Reflector Echelle Spectrograph, revealing the star to have a low projected spin-orbit angle (λ=$1.41^{+0.76}_{-0.76}$°). Such obliquity measurements for stars with warm Jupiters are relatively few, and may shed light on the formation of warm Jupiters. Among the known planets orbiting hot and rapidly rotating stars, TOI-4641b is one of the longest period planets to be thoroughly characterized. Unlike hot Jupiters around hot stars which are more often misaligned, the warm Jupiter TOI-4641b is found in a well-aligned orbit. Future exploration of this parameter space can add one more dimension to the star–planet orbital obliquity distribution that has been well sampled for hot Jupiters.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2308043</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Monthly Notices of the Royal Astronomical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>