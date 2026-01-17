--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2024-09-19T04:00:00Z</t>
   </si>
   <si>
     <t>Oxford Open Climate Change</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2634-4068</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Avoiding floodplain development is critical for limiting flood damage, yet there is little empirical evidence of how local governments effectively avoid floodplain development. We conduct a mixed-methods study to explain how local floodplain management influences floodplain development in New Jersey, a state with high development pressure and flood risk. We find that 85% of towns developed relatively little in the floodplain from 2001 to 2019, and they achieved this with commonplace land use management tools and modest levels of local government capacity. One hundred twenty-six New Jersey towns put none of their new housing in the floodplain 2001–2019. Our findings run counter to common reports of rampant floodplain development requiring legal innovation and capacity-building campaigns and suggest alternative approaches for promoting floodplain avoidance. We find multiple paths to floodplain avoidance, weak support for previously identified drivers, and strong evidence that the keys to avoidance include having a few high-quality tools that are well-implemented, requiring consistency, coordination, and commitment of local officials. The multiple paths and importance of maximum, rather than average, quality might explain the mixed evidence in prior research connecting floodplain management actions and development outcomes. A lack of attention to towns that limit floodplain development impedes our ability to learn from and disseminate their successes. Contrary to our expectations, we show that floodplain avoidance can be and is achieved through routine municipal practices. Our findings underscore the importance of sustained commitment to development management as a core tool for limiting flood risk.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2034239</t>
+    <t>2034239; 2033929</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Oxford University Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>