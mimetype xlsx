--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -119,51 +119,51 @@
   <si>
     <t>Liu, Bangyuan; Wang, Tianyu; Kerimoglu, Deniz; Kojouharov, Velin; Hammond, Frank L; Goldman, Daniel I</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-08-30T04:00:00Z</t>
   </si>
   <si>
     <t>Frontiers in Robotics and AI</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>2296-9144</t>
   </si>
   <si>
     <t>&lt;p&gt;Much of the Earth and many surfaces of extraterrestrial bodies are composed of non-cohesive particulate matter. Locomoting on such granular terrain is challenging for common robotic devices, either wheeled or legged. In this work, we discover a robust alternative locomotion mechanism on granular media-generating movement via self-vibration. To demonstrate the effectiveness of this locomotion mechanism, we develop a cube-shaped robot with an embedded vibratory motor and conduct systematic experiments on granular terrains of various particle properties and slopes. We investigate how locomotion changes as a function of vibration frequency/intensity on such granular terrains. Compared to hard surfaces, we find such a vibratory locomotion mechanism enables the robot to move faster, and more stably on granular surfaces, facilitated by the interaction between the body and surrounding grains. We develop a numerical simulation of a vibrating single cube on granular media, enabling us to justify our hypothesis that the cube achieves locomotion through the oscillations excited at a distance from the cube’s center of mass. The simplicity in structural design and controls of this robotic system indicates that vibratory locomotion can be a valuable alternative way to produce robust locomotion on granular terrains. We further demonstrate that such cube-shaped robots can be used as modular units for vibratory robots with capabilities of maneuverable forward and turning motions, showing potential practical scenarios for robotic systems.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2328254</t>
+    <t>2328254; 2209792</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Frontiers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>