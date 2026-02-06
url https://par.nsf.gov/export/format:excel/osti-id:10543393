--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10543393</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/mnras/stad3352</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Spectropolarimetry of the Type IIP supernova 2021yja: an unusually high continuum polarization during the photospheric phase</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Vasylyev, Sergiy S; Yang, Yi; Patra, Kishore C; Filippenko, Alexei V; Baade, Dietrich; Brink, Thomas G; Hoeflich, Peter; Maund, Justyn R; Patat, Ferdinando; Wang, Lifan; Wheeler, J Craig; Zheng, WeiKang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-11-09T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Monthly Notices of the Royal Astronomical Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>527</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>3106 to 3121</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0035-8711</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;ABSTRACT&lt;/title&gt; &lt;p&gt;We present six epochs of optical spectropolarimetry of the Type IIP supernova (SN) 2021yja ranging from ∼25 to 95 d after the explosion. An unusually high continuum linear polarization of $p \approx 0.9~{{\ \rm per\ cent}}$ is measured during the early photospheric phase, followed by a steady decrease well before the onset of the nebular phase. This behaviour has not been observed before in Type IIP supernovae (SNe IIP). The observed continuum polarization angle does not change significantly during the photospheric phase. We find a pronounced axis of symmetry in the global ejecta that is shared in common with the Hα and Ca ii near-infrared triplet lines. These observations are consistent with an ellipsoidal geometry. The temporal evolution of the continuum polarization is also compatible with the SN ejecta interacting with aspherical circumstellar matter (CSM), although no spectroscopic features that may be associated with strong interaction can be identified. Alternatively, we consider the source of the high polarization to be an extended hydrogen envelope that is indistinguishable from low-density CSM.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1813825; 1817099</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Monthly Notices of the Royal Astronomical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>