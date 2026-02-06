--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10543407</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1016/j.jecp.2024.106020</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Family science capital moderates gender differences in parent–child scientific conversation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Leech, Kathryn A</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Experimental Child Psychology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>247</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>C</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>106020</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0022-0965</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This study examined whether variation in parent–child conversations about scientific processes can be explained by child gender and the science-related resources available to parents, known as scientific capital. Parents of 4- and 5-year-old children (N = 70) from across the United States completed a survey of science capital and were then videotaped with their children at home interacting with two science activities (i.e., balance scale and circuit toy). Videos were transcribed and analyzed for parents’ science process language. Results indicated that parents’ science process language occurred significantly more often during conversations with boys, among families with higher levels of scientific capital, and during the scale activity. Gender differences in science process language were not apparent at higher levels of science capital and during the scale activity. These effects speak to the need for measuring child, family, and contextual characteristics when identifying factors that promote children’s early science engagement and learning. Results are discussed in terms of future interventions that could build scientific capital as a means to counteract stereotypes around gender and science.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2125940</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Elsevier</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>