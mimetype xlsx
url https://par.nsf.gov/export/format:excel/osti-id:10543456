--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10543456</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4365/ad1eea</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Stellar Loci. VII. Photometric Metallicities of 5 Million FGK Stars Based on GALEX GR6+7 AIS and Gaia EDR3</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lu, Xue; Yuan, Haibo; Xu, Shuai; Zhang, Ruoyi; Xiao, Kai; Huang, Yang; Beers, Timothy C; Hong, Jihye</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-02-28T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Supplement Series</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>271</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0067-0049</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We combine photometric data from GALEX GR6+7 All-Sky Imaging Survey and Gaia Early Data Release 3 with stellar parameters from the SAGA and PASTEL catalogs to construct high-quality training samples for dwarfs (0.4 &lt; BP − RP &lt; 1.6) and giants (0.6 &lt; BP − RP &lt; 1.6). We apply careful reddening corrections using empirical temperature- and extinction-dependent extinction coefficients. Using the two samples, we establish a relationship between stellar loci (near-ultraviolet (NUV)−BP versus BP − RP colors), metallicity, and&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;G&lt;/italic&gt;&lt;/sub&gt;. For a given BP − RP color, a 1 dex change in [Fe/H] corresponds to an approximately 1 magnitude change in NUV − BP color for solar-type stars. These relationships are employed to estimate metallicities based on NUV − BP, BP − RP, and&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;G&lt;/italic&gt;&lt;/sub&gt;. Thanks to the strong metallicity dependence in the GALEX NUV band, our models enable a typical photometric-metallicity precision of approximately&lt;italic&gt;σ&lt;/italic&gt;&lt;sub&gt;[Fe/H]&lt;/sub&gt;= 0.11 dex for dwarfs and&lt;italic&gt;σ&lt;/italic&gt;&lt;sub&gt;[Fe/H]&lt;/sub&gt;= 0.17 dex for giants, with an effective metallicity range extending down to [Fe/H] = −3.0 for dwarfs and [Fe/H] = −4.0 for giants. We also find that the NUV-band-based photometric-metallicity estimate is not as strongly affected by carbon enhancement as previous photometric techniques. With the GALEX and Gaia data, we have estimated metallicities for about 5 million stars across almost the entire sky, including approximately 4.5 million dwarfs and 0.5 million giants. This work demonstrates the potential of the NUV band for estimating photometric metallicities, and sets the groundwork for utilizing the NUV data from space telescopes such as the upcoming Chinese Space Station Telescope.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1927130</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ApJSS</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>