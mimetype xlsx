--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10543462</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202450873</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>KMT-2021-BLG-2609Lb and KMT-2022-BLG-0303Lb: Microlensing planets identified through signals produced by major-image perturbations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Han, Cheongho; Albrow, Michael D; Lee, Chung-Uk; Chung, Sun-Ju; Gould, Andrew; Hwang, Kyu-Ha; Jung, Youn Kil; Ryu, Yoon-Hyun; Shvartzvald, Yossi; Shin, In-Gu; Yee, Jennifer C; Yang, Hongjing; Zang, Weicheng; Cha, Sang-Mok; Kim, Doeon; Kim, Dong-Jin; Kim, Seung-Lee; Lee, Dong-Joo; Lee, Yongseok; Park, Byeong-Gon; Pogge, Richard W</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>689</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A209</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;italic&gt;Aims.&lt;/italic&gt;We investigate microlensing data collected by the Korea Microlensing Telescope Network (KMTNet) survey during the 2021 and 2022 seasons to identify planetary lensing events displaying a consistent anomalous pattern. Our investigation reveals that the light curves of two lensing events, KMT-2021-BLG-2609 and KMT-2022-BLG-0303, exhibit a similar anomaly, in which short-term positive deviations appear on the sides of the low-magnification lensing light curves.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Methods.&lt;/italic&gt;To unravel the nature of these anomalies, we meticulously analyze each of the lensing events. Our investigations reveal that these anomalies stem from a shared channel, wherein the source passed near the planetary caustic induced by a planet with projected separations from the host star exceeding the Einstein radius. We find that interpreting the anomaly of KMT-2021-BLG-2609 is complicated by the “inner–outer” degeneracy, whereas for KMT-2022-BLG-0303, there is no such issue despite similar lens-system configurations. In addition to this degeneracy, interpreting the anomaly in KMT-2021-BLG-2609 involves an additional degeneracy between a pair of solutions, in which the source partially envelops the caustic and the other three solutions in which the source fully envelopes the caustic. As in an earlier case of this so-called von Schlieffen–Cannae degeneracy, the former solutions have substantially higher mass ratio.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Results.&lt;/italic&gt;Through Bayesian analyses conducted based on the measured lensing observables of the event time scale and angular Einstein radius, the host of KMT-2021-BLG-2609L is determined to be a low-mass star with a mass ~0.2&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;in terms of a median posterior value, while the planet’s mass ranges from approximately 0.032 to 0.112 times that of Jupiter, depending on the solutions. For the planetary system KMT-2022-BLG-0303L, it features a planet with a mass of approximately 0.51&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;J&lt;/sub&gt;and a host star with a mass of about 0.37&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;. In both cases, the lenses are most likely situated in the bulge.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108414</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>EDP Sciences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>