--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10543693</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.23919/USNC-URSINRSM60317.2024.10465191</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Full RIS-domain Standing Waves for Elements' Biasing</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Saavedra-Melo, Miguel A; Rouhi, Kasra; Bradshaw, Benjamin; Capolino, Filippo</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-21T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>93 to 93</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>978-1-946815-19-4</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>An innovative method has developed recently for biasing the varactors of a reconfigurable intelligent surface (RIS) by utilizing resonant standing waves on the “biasing transmission line (TL)” [E. Ayanoglu, F. Capolino, and A. L. Swindlehurst, “Wave-controlled metasurface-based reconfigurable intelligent surfaces,” IEEE Wireless Communications, vol. 29, no. 4, pp. 86-92,2022] located beneath the reflective surface. Using this approach, each RIS element does not require separate external biasing. For estimating the RIS reflection properties controlled by varactors, we analyze a planar array with phase gradient in one direction, of side length L, of reconfigurable elements. We employ the analytical model for predicting the reflection coefficients of the unit cells presented in [D. Hanna, M. Saavedra-Melo, F. Shan, and F. Capolino, “A versatile polynomial model for reflection by a reflective intelligent surface with varactors,” IEEE AP-S/URSI, 2022] and investigate how the standing wave biasing approach compares with the traditional way to generate field patterns of the reflected wave.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2030029</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Boulder, CO, USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>