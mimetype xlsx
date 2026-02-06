--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10543696</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/USNC-URSI52151.2023.10237459</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Wave-Controlled RIS: A Novel Method for Reconfigurable Elements Biasing</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Saavedra-Melo, Miguel; Rouhi, Kasra; Capolino, Filippo</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-07-23T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>979 to 980</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>978-1-6654-4228-2</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>A novel method for biasing the varactors of a reconfigurable intelligent surface (RIS) by using resonant standing waves on the biasing transmission line (TL) at a layer below the RF reflective surface to eliminate the need to bring external bias for each element of the RIS is described. We use an analytical model of the RIS to compare the field pattern of the reflected wave by (i) considering the ideal case, (ii) the case where reflection accounts for the varactor's model, and (iii) the case as in (ii) but where the biasing voltage distribution is constructed by using the wave control (i.e., standing waves).</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2030029</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Portland, OR, USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>