--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10544038</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.5670/oceanog.2024.106</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Navigating a Sea of Obstacles: Ocean Science for People with Disabilities</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bower, Amy; Vazquez-Cuervo, Jorge; Comstock, Eleni</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>Woods_Hole_Oceanographic_Institution</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Oceanography</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1042-8275</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;The geoscience community discussion on diversity, equity, and inclusion (DEI) most often focuses on increasing the participation of underrepresented groups based on race, ethnicity, and gender. Disability status is often overlooked, even though people with disabilities are underrepresented in the US STEM workforce by a factor of 3 compared to factors of 1.5 and 1.3 for women and underrepresented minorities, respectively (NCSES, 2023). The unemployment rate (the proportion of the workforce population that is unemployed but actively seeking work) is twice as high for people with disabilities as it is for those without a disability, according to the US Bureau of Labor Statistics (https://www.bls.gov/news.release/pdf/disabl.pdf).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2231647</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The Oceanography Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>