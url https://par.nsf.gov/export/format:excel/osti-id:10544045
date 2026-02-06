--- v0 (2026-01-17)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10544045</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.5670/oceanog.2024.118</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Safe Space Commitment</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Pedra_Nobre, Rosana; Caref, Elisa; Balladares, Elizabeth; Zaima-Sheehy, Laurel</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>Hudson_River_Foundation</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Oceanography</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1042-8275</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Many cities around the world are taking steps to celebrate urban nature and move toward more sustainable living. As we progress, there is increasing focus on environmental initiatives and on intersecting with Black, Indigenous, and people of color (BIPOC) and other marginalized communities. Because of the long history of racism in the conservation and environmental movements, BIPOC communities have often been excluded from working in environmental science, ecology, and related fields. According to one survey of more than 200 environmental nonprofits, government agencies, and funders, “People of color are 36% of the US population and comprise 29% of the science and engineering workforce but they do not exceed 16% of the staff in any of the organizations surveyed” (Green 2.0, 2021). Absent changes in the latter percentages, environmental organizations cannot effectively address many of the urban environmental issues they face without input from, and connection with, these communities.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2231647</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The Oceanography Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>