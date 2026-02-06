--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,167 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...115 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -181,183 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10544183</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Does compressing activations help model parallel training?</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bian, Song; Li, Dacheng; Wang, Hongyi; Xing, Eric P; Venkataraman, Shivaram</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-13T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Foundation models have superior performance across a wide array of machine learning tasks. The training of these models typically involves model parallelism (MP) to navigate the constraints of GPU memory capacity. However, MP strategies involve transmitting model activations between GPUs, which can hinder training speed in large clusters. Previous research has examined gradient compression in data-parallel contexts, but its applicability in MP settings remains largely unexplored.
+In this paper, we investigate the unique characteristics of compression in MP and study why strategies from gradient compression might not be directly applicable to MP scenarios. Subsequently, to systematically understand the capabilities and limitations of Model Parallelism Compression, we present a benchmarking framework MCBench. MCBench not only includes four major categories of compression algorithms but also includes several widely used models spanning language and vision tasks on a well-established distributed training framework, Megatron-LM. We initiate the first comprehensive empirical study by using MCBench. Our empirical study encompasses both the fine-tuning and pre-training of FMs. We probe over 200 unique training configurations and present results using 10 widely used datasets. To comprehend the scalability of compression advantages with the expansion of model size and cluster size, we propose a novel cost model designed specifically for training with MP compression. The insights derived from our findings can help direct the future development of new MP compression algorithms for distributed training. Our code is available at https://github.com/uw-mad-dash/MCBench</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2311767</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Seventh Annual Conference on Machine Learning and Systems</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Santa Clara, CA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>