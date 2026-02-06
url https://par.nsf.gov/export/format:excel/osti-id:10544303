--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10544303</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3613905.3636298</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Conducting Research at the Intersection of HCI and Health: Building and Supporting Teams with Diverse Expertise to Increase Public Health Impact</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Agapie, Elena; Karkar, Ravi; Aung, Tricia; Burgess, Eleanor R; Chinguwa, Munyaradzi Joel; Graham, Andrea K; Klasnja, Predrag; Lyon, Aaron; McCall, Terika; Munson, Sean A; Nunes, Francisco; Osterhage, Katie</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-11T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 6</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400703317</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Research at the intersection of human-computer interaction (HCI) and health is increasingly done by collaborative cross-disciplinary teams. The need for cross-disciplinary teams arises from the interdisciplinary nature of the work itself—with the need for expertise in a health discipline, experimental design, statistics, and computer science, in addition to HCI. This work can also increase innovation, transfer of knowledge across fields, and have a higher impact on communities. To succeed at a collaborative project, researchers must effectively form and maintain a team that has the right expertise, integrate research perspectives and work practices, align individual and team goals, and secure funding to support the research. However, successfully operating as a team has been challenging for HCI researchers, and can be limited due to a lack of training, shared vocabularies, lack of institutional incentives, support from funding agencies, and more; which significantly inhibits their impact. This workshop aims to draw on the wealth of individual experiences in health project team collaboration across the CHI community and beyond. By bringing together different stakeholders involved in HCI health research, together, we will identify needs experienced during interdisciplinary HCI and health collaborations. We will identify existing practices and success stories for supporting team collaboration and increasing HCI capacity in health research. We aim for participants to leave our workshop with a toolbox of methods to tackle future team challenges, a community of peers who can strive for more effective teamwork, and feeling positioned to make the health impact they wish to see through their work.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2233738</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>CHI EA '24: Extended Abstracts of the CHI Conference on Human Factors in Computing Systems</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Honolulu HI USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>