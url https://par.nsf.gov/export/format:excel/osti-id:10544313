--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10544313</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Adversarial-Robust Transfer Learning for Medical Imaging via Domain Assimilation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Chen, Xiaohui; Luo, Tie</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Yang, DN; Xie, X; Tseng, VS; Pei, J; Huang, JW; Lin, JCW</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>14648</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>335–349</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>978-981-97-2238-9</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Extensive research in Medical Imaging aims to uncover critical diagnostic features in patients, with AI-driven medical diagnosis relying on sophisticated machine learning and deep learning models to analyze, detect, and identify diseases from medical images. Despite the remarkable accuracy of these models under normal conditions, they grapple with trustworthiness issues, where their output could be manipulated by adversaries who introduce strategic perturbations to the input images. Furthermore, the scarcity of publicly available medical images, constituting a bottleneck for reliable training, has led contemporary algorithms to depend on pretrained models grounded on a large set of natural images—a practice referred to as transfer learning. However, a significant domain discrepancy exists between natural and medical images, which causes AI models resulting from transfer learning to exhibit heightened vulnerability to adversarial attacks. This paper proposes a domain assimilation approach that introduces texture and color adaptation into transfer learning, followed by a texture preservation component to suppress undesired distortion. We systematically analyze the performance of transfer learning in the face of various adversarial attacks under different data modalities, with the overarching goal of fortifying the model’s robustness and security in medical imaging tasks. The results demonstrate high effectiveness in reducing attack efficacy, contributing toward more trustworthy transfer learning in biomedical applications.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2008878</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Lecture Notes in Computer Science, Springer; Pacific-Asia Conference on Knowledge Discovery and Data Mining (PAKDD) 2024</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>