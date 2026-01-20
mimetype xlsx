--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2024-09-26T04:00:00Z</t>
   </si>
   <si>
     <t>The Astrophysical Journal</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>0004-637X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;We present the discovery of 2MASS J05241392−0336543 (hereafter J0524−0336), a very metal-poor ([Fe/H] = −2.43 ± 0.16), highly&lt;italic&gt;r&lt;/italic&gt;-process-enhanced ([Eu/Fe] = +1.34 ± 0.10) Milky Way halo field red giant star, with an ultrahigh Li abundance of&lt;italic&gt;A&lt;/italic&gt;(Li, 3D, NLTE) = 6.15 ± 0.25 and [Li/Fe] = +7.64 ± 0.25, respectively. This makes J0524−0336 the most lithium-enhanced giant star discovered to date. We present a detailed analysis of the star’s atmospheric stellar parameters and chemical abundance determinations. Additionally, we detect indications of infrared excess, as well as observe variable emission in the wings of the H&lt;italic&gt;α&lt;/italic&gt;absorption line across multiple epochs, indicative of a potential enhanced mass-loss event with possible outflows. Our analysis reveals that J0524−0336 lies either between the bump and the tip of the red giant branch (RGB), or on the early asymptotic giant branch (e-AGB). We investigate the possible sources of lithium enrichment in J0524−0336, including both internal and external sources. Based on current models and on the observational evidence we have collected, our study shows that J0524−0336 may be undergoing the so-called lithium flash that is expected to occur in low-mass stars when they reach the RGB bump and/or the e-AGB.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2307436</t>
+    <t>2307436; 2206263</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Article No. 125</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>DOI PREFIX: 10.3847</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>