--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,93 +86,99 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10544447</t>
-[...8 lines deleted...]
-    <t>Carrier, Sarah J; Scharen, Danielle R; Hayes, Meredith; Smith, P Sean; Bruce, Anna; Craven, Laura</t>
+    <t>10276819</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.3390/su12219145</t>
+  </si>
+  <si>
+    <t>An Integrated Approach to Energy Education in Engineering</t>
+  </si>
+  <si>
+    <t>Hoople, Gordon D.; Chen, Diana A.; Lord, Susan M.; Gelles, Laura A.; Bilow, Felicity; Mejia, Joel Alejandro</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-09-27T04:00:00Z</t>
-[...11 lines deleted...]
-    <t>&lt;sec&gt;&lt;title&gt;Introduction&lt;/title&gt;&lt;p&gt;Elementary teachers face many challenges when including reform-based science instruction in their classrooms, and some teachers have chosen to enhance their science instruction by introducing students to citizen science (CS) projects. When CS projects are incorporated in formal school settings, students have an opportunity to engage in real-world projects as they collect and make sense of data, yet relatively few CS projects offer substantial guidance for teachers seeking to implement the projects, placing a heavy burden on teacher learning.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Methods&lt;/title&gt;&lt;p&gt;Framed in theory on teacher relationships with curricula, we prepared science standards-aligned educative support materials for two CS projects. We present convergent mixed methods research that examines two teachers’ contrasting approaches to including school-based citizen science (SBCS) in their fifth-grade classrooms, each using support materials for one of the two CS projects. Both are veteran teachers at under-resourced Title 1 (an indicator of the high percentage of the students identified as economically disadvantaged) rural schools in the southeastern United States. We document the teachers’ interpretations and use of SBCS materials for the CS projects with data from classroom observations, instructional logs, teacher interviews, and student focus groups.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Results&lt;/title&gt;&lt;p&gt;One teacher adapted the materials to include scaffolding to position students for success in data collection and analysis. In contrast, the second teacher adapted the SBCS support materials to maintain a teacher-centered approach to instruction, identifying perceptions of students’ limited abilities and limited instructional time as constraining factors.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Discussion&lt;/title&gt;&lt;p&gt;We discuss the intersection of CS projects in formal education and opportunities for engaging students in authentic science data collection, analysis, and sense-making. The two teachers’ stories identify the influences of school context and the need for teacher support to encourage elementary teachers’ use of SBCS instruction to supplement their science instruction.&lt;/p&gt;&lt;/sec&gt;</t>
+    <t>null</t>
+  </si>
+  <si>
+    <t>2020-11-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Sustainability</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>9145</t>
+  </si>
+  <si>
+    <t>2071-1050</t>
+  </si>
+  <si>
+    <t>What do engineering students in 2020 need to know about energy to be successful in the workplace and contribute to addressing society’s issues related to energy? Beginning with this question, we have designed a new course for second-year engineering students. Drawing on the interdisciplinary backgrounds of our diverse team of engineering instructors, we aimed to provide an introduction to energy for all engineering students that challenged the dominant discourse in engineering by valuing students’ lived experiences and bringing in examples situated in different cultural contexts. An Integrated Approach to Energy was offered for the first time in Spring 2020 for 18 students. In this paper, we describe the design of the course including learning objectives, content, and pedagogical approach. We assessed students’ learning using exams and the impact of the overall course using interviews. Students demonstrated achievement of the learning objectives in technical areas. In addition, interviews revealed that they learned about environmental, economic, and social aspects of engineering practice. We intend for this course to serve as a model of engineering as a sociotechnical endeavor by challenging students with scenarios that are technically demanding and require critical thinking about contextual implications.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2009212</t>
-[...2 lines deleted...]
-    <t>2024</t>
+    <t>1836504</t>
+  </si>
+  <si>
+    <t>2020</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>Frontiers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -285,91 +291,93 @@
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I2" t="s" s="0">
-        <v>33</v>
-[...2 lines deleted...]
-      <c r="K2" s="0"/>
+        <v>34</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="K2" t="s" s="0">
+        <v>36</v>
+      </c>
       <c r="L2" t="s" s="0">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>