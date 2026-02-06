--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10544585</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1609/aaai.v38i18.29995</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Learning Safe Action Models with Partial Observability</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Le, Hai S; Juba, Brendan; Stern, Roni</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the AAAI Conference on Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>20159 to 20167</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2159-5399</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;A common approach for solving planning problems is to model them in a formal language such as the Planning Domain Definition Language (PDDL), and then use an appropriate PDDL planner. Several algorithms for learning PDDL models from observations have been proposed but plans created with these learned models may not be sound. We propose two algorithms for learning PDDL models that are guaranteed to be safe to use even when given observations that include partially observable states. We analyze these algorithms theoretically, characterizing the sample complexity each algorithm requires to guarantee probabilistic completeness. We also show experimentally that our algorithms are often better than FAMA, a state-of-the-art PDDL learning algorithm.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1942336; 1939677; 1908287</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AAAI</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>