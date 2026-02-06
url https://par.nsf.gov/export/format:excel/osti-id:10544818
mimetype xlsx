--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10544818</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Generating Situated Reflection Triggers About Alternative Solution Paths: A Case Study of Generative AI for Computer-Supported Collaborative Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Naik, A; Yin, J; Kamanth, A; Ma, Q; Wu, ST; Murray, RC; Sakr, M; Rosé, C</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Olney, AM; Chounta, IA; Liu, Z; Santos, OC; Bittencourt, II</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-07-02T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>An advantage of Large Language Models (LLMs) is their contextualization capability – providing different responses based on student inputs like solution strategy or prior discussion, to potentially better engage students than standard feedback. We present a design and evaluation of a proof-of-concept LLM application to offer students dynamic and contextualized feedback. Specifically, we augment an Online Programming Exercise bot for a college-level Cloud Computing course with ChatGPT, which offers students contextualized reflection triggers during a collaborative query optimization task in database design. We demonstrate that LLMs can be used to generate highly situated reflection triggers that incorporate details of the collaborative discussion happening in context. We discuss in depth the exploration of the design space of the triggers and their correspondence with the learning objectives as well as the impact on student learning in a pilot study with 34 students.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2100401</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Springer, Cham</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Recife, Brazil</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>