--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10544820</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.18653/v1/2024.acl-long.373</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Leveraging Machine-Generated Rationales to Facilitate Social Meaning Detection in Conversations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dutt, Ritam; Wu, Zhen; Shi, Jiaxin; Sheth, Divyanshu; Gupta, Prakhar; Rose, Carolyn</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>6901 to 6929</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We present a generalizable classification approach that leverages Large Language Models (LLMs) to facilitate the detection of implicitly encoded social meaning in conversations. We design a multi-faceted prompt to extract a textual explanation of the reasoning that connects visible cues to underlying social meanings. These extracted explanations or rationales serve as augmentations to the conversational text to facilitate dialogue understanding and transfer. Our empirical results over 2,340 experimental settings demonstrate the significant positive impact of adding these rationales. Our findings hold true for in-domain classification, zero-shot, and few-shot domain transfer for two different social meaning detection tasks, each spanning two different corpora.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2100401; 2241670</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Association for Computational Linguistics</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Bangkok, Thailand</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>