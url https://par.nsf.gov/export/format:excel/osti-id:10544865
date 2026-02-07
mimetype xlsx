--- v0 (2025-10-31)
+++ v1 (2026-02-07)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10544865</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Active Learning for Graphs with Noisy Structures</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Chi, Hongliang; Qi, Cong; Wang, Suhang; Ma, Yao</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-04-21T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Graph Neural Networks (GNNs) have seen significant success in tasks such as node classification, largely contingent upon the availability of sufficient labeled nodes. Yet, the excessive cost of labeling large-scale graphs led to a focus on active learning on graphs, which aims for effective data selection to maximize downstream model performance. Notably, most existing methods assume reliable graph topology, while real-world scenarios often present noisy graphs. Given this, designing a successful active learning framework for noisy graphs is highly needed but challenging, as selecting data for labeling and obtaining a clean graph are two tasks naturally interdependent: selecting high-quality data requires clean graph structure while cleaning noisy graph structure requires sufficient labeled data. Considering the complexity mentioned above, we propose an active learning framework, GALClean, which has been specifically designed to adopt an iterative approach for conducting both data selection and graph purification simultaneously with best information learned from the prior iteration. Importantly, we summarize GALClean as an instance of the Expectation-Maximization algorithm, which provides a theoretical understanding of its design and mechanisms. This theory naturally leads to an enhanced version, GALClean+. Extensive experiments have demonstrated the effectiveness and robustness of our proposed method across various types and levels of noisy graphs.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2406648; 2406647</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>SIAM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>