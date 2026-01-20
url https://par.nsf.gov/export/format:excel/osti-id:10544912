--- v0 (2025-10-31)
+++ v1 (2026-01-20)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2024-09-28T04:00:00Z</t>
   </si>
   <si>
     <t>Oecologia</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>3-4</t>
   </si>
   <si>
     <t>0029-8549</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Seeds and seedlings are particularly vulnerable to herbivory. Unlike mature plants, which can wait until herbivory is experienced to induce defense, seeds and seedlings face mortality if they wait. Slug mucus functions as a kairomone, a non-attack-related substance emitted by consumers that is detected by a prey species (in this case, plants). While snail mucus has been shown to induce defense in seedlings, it is not widely confirmed whether slugs have the same effect and whether seeds can also detect and react to such herbivore cues. We investigated how exposure to&lt;italic&gt;Arion subfuscus&lt;/italic&gt;mucus affected growth and defense in&lt;italic&gt;Brassica nigra&lt;/italic&gt;seeds and seedlings. Seeds exposed to slug mucus germinated 5% faster than control (water only) seeds, but the resulting seedlings weighed 16% less than control seedlings. To test whether this difference results from herbivore-exposed plants allocating energy from growth to defense, we conducted choice bioassays assessing slug preference for control seedlings versus seedlings that were either (A) exposed to mucus only as a seed; or (B) exposed to mucus as a seed and seedling. While slugs did not differentiate between control seedlings and ones exposed to herbivore cues only as a seed, they ate 88% less biomass of seedlings exposed to mucus as both seeds and seedlings. These results suggest that slug mucus induces changes in plant traits related to defense and growth/competitive ability. Future research should determine the chemical mechanisms of this induced defense.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2117369</t>
+    <t>2117369; 2117367; 2117368</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>p. 215-223</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Springer Science + Business Media</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>