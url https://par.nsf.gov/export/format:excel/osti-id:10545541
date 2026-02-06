--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,171 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...119 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -185,183 +65,307 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10545541</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.18260/1-2--36568</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Comprehensive Professional Development Program for K-8 Teachers to Teach Computer Science</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Soh, Leen-Kiat; Nugent, Gwen; Smith, Wendy; Trainin, Guy; Sutton, John; Steen, Kent</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The Adapt, Implement, and Research at Nebraska (AIR@NE) project, funded by the NSF CSforAll Researcher-Practitioner Partnership (RPP) program, examines the adaptation of a validated K-8 Computer Science (CS) curriculum in diverse school districts statewide. Our Research-Practitioner Partnership is primarily between the University of Nebraska-Lincoln, the Lincoln Public Schools, and other diverse school districts across Nebraska. Our primary goal is to study and document how different districts, including rural, predominantly minority, and Native American reservation, adopt the curriculum and broaden participation in CS. In addition, the project is developing instructional capacity for K-8 CS education with diverse learners. Our research also adapts and develops teacher and student CS assessments, and documents case studies using design-based research methodology to show how an adaptive curriculum broadens CS participation.
+Our Professional Development (PD) program for K-8 CS teachers is comprehensive. It consists of three summer courses for each cohort and a series of workshops during the academic year. Of the three summer courses, two are administered in the first year for a cohort: (1) an introduction to computer science course where teachers learn fundamental CS topics and programming in a high-level programming language (e.g., Python), and engage in problem solving and practice computational thinking, and (2) a course in pedagogy for teachers to learn how to teach K-8 CS, including lesson designs, use of instructional resources such as dot-and-dash robots, and assessments. Then, the following academic year after the summer, the PD program holds a series of workshops on five separate Saturdays to support teacher implementation of their lesson modules during the academic year, reflect and improve on their lessons, reinforce on CS concepts and pedagogy techniques, review and adopt alternative instructional resources, and share insights. These Saturday workshops also facilitate further community building and resource sharing. The third course occurs in the second year for a cohort, involving dissemination of research results from the team to the teachers, opportunities to discuss new resources and approaches on teaching CS concepts and computational thinking, and sharing of experiences and insights after teachers have completed one academic year of teaching CS. Unlike the first two courses that are required of teachers, this third course is an opt-in course that combines more in- depth pedagogy and elements of leadership. Thus far, we have had two cohorts and used the design methodology to revise our PD program, making our design more robust based on the lessons learned over the two years. The course materials, assessment, and survey instruments have also been improved.
+While the project is on-going we have data to that indicates the impact of the work so far. There were significant pre-post gains for both cohorts in teachers’ knowledge of computer science concepts and computational thinking. Scores on the computational thinking assessment were higher than those for CS concepts, which was to be expected given their CS teaching experience. Moreover, in both cohorts, the teachers’ confidence in teaching CS improved significantly.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1837476</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ASEE Conferences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Virtual Conference</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>