--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10545565</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Graph Sparsifications using Neural Network Assisted Monte Carlo Tree Search</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Chiu, Alvin; Ghosh, Mithun; Ahmed, Reyan; Jun, Kwang-Sung; Kobourov, Stephen; Goodrich, Michael T</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-11-17T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>2311</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>10316</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Graph neural networks have been successful for machine learning, as well as for combinatorial and graph problems such as the Subgraph Isomorphism Problem and the Traveling Salesman Problem. We describe an approach for computing graph sparsifiers by combining a graph neural network and Monte Carlo Tree Search. We first train a graph neural network that takes as input a partial solution and proposes a new node to be added as output. This neural network is then used in a Monte Carlo search to compute a sparsifier. The proposed method consistently outperforms several standard approximation algorithms on different types of graphs and often finds the optimal solution.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2212129</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Posted Content</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ArXiv</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>