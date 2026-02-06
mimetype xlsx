--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10545612</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1287/opre.2021.0295</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Data-Driven Compositional Optimization in Misspecified Regimes</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yang, Shuoguang; Fang, Ethan X; Shanbhag, Uday V</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-02-16T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Operations Research</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0030-364X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;With a manifold growth in the scale and intricacy of systems, the challenges of parametric misspecification become pronounced. These concerns are further exacerbated in compositional settings, which emerge in problems complicated by modeling risk and robustness. In “Data-Driven Compositional Optimization in Misspecified Regimes,” the authors consider the resolution of compositional stochastic optimization problems, plagued by parametric misspecification. In considering settings where such misspecification may be resolved via a parallel learning process, the authors develop schemes that can contend with diverse forms of risk, dynamics, and nonconvexity. They provide asymptotic and rate guarantees for unaccelerated and accelerated schemes for convex, strongly convex, and nonconvex problems in a two-level regime with extensions to the multilevel setting. Surprisingly, the nonasymptotic rate guarantees show no degradation from the rate statements obtained in a correctly specified regime and the schemes achieve optimal (or near-optimal) sample complexities for general T-level strongly convex and nonconvex compositional problems.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2230797; 2230795</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>INFORMS</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>