--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10545715</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3626252.3630787</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Automating Source Code Refactoring in the Classroom</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>AlOmar, Eman Abdullah; Mkaouer, Mohamed Wiem; Ouni, Ali</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-07T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>60 to 66</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Refactoring is the practice of improving software quality without altering its external behavior. Developers intuitively refactor their code for multiple purposes, such as improving program comprehension, reducing code complexity, dealing with technical debt, and removing code smells. However, no prior studies have exposed the students to an experience of the process of antipatterns detection and refactoring correction, and provided students with toolset to practice it. To understand and increase the awareness of refactoring concepts, in this paper, we aim to reflect on our experience with teaching refactoring and how it helps students become more aware of bad programming practices and the importance of correcting them via refactoring. This paper discusses the results of an experiment in the classroom that involved carrying out various refactoring activities for the purpose of removing antipatterns using JDeodorant, an IDE plugin that supports antipatterns detection and refactoring. The results of the quantitative and qualitative analysis with 171 students show that students tend to appreciate the idea of learning refactoring and are satisfied with various aspects of the JDeodorant plugin's operation. Through this experiment, refactoring can turn into a vital part of the computing educational plan. We envision our findings enabling educators to support students with refactoring tools tuned towards safer and trustworthy refactoring.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2213765; 2525507</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM The Technical Symposium on Computer Science Education (SIGCSE TS)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>