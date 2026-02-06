--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10545858</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Weaving the societal and the technical into teacher experiences: Experienced computing high school teacher learning in an electronic textiles professional development session.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jayathirtha, Gayithri; Fields, Deborah; Kafai, Yasmin; Chapman, Gail; Goode, Joanna; Shaw, Mia</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-23T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Amongst efforts to realize computer science (CS) for all, recent critiques of racially biased technologies have emerged (e.g., facial recognition software), revealing a need to critically examine the interaction between computing solutions and societal factors. Yet within efforts to introduce K-12 students to such topics, studies examining teachers' learning of critical computing are rare. To understand how teachers learn to integrate societal issues within computing education, we analyzed video of a teacher professional development (PD) session with experienced computing teachers. Highlighting three particular episodes of conversation during PD, our  analysis revealed how personal and classroom experiences—from making a sensor-based project to drawing on family and teaching experiences—tethered teachers’ weaving of societal and technical aspects of CS and enabled reflections on their learning and pedagogy. We discuss the need for future PD efforts to build on teachers’ experiences, draw in diverse teacher voices, and develop politicized trust among teachers.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2031244</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Society of the Learning Sciences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Montreal</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>